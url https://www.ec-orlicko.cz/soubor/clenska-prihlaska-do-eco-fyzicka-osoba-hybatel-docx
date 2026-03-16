--- v0 (2025-12-11)
+++ v1 (2026-03-16)
@@ -1,2203 +1,1951 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="49064FD6" w14:textId="6336483B" w:rsidR="00A95F09" w:rsidRPr="004375C5" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+    <w:p w:rsidR="00A95F09" w:rsidRPr="004375C5" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ČLENSKÁ </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004375C5">
+        <w:t>ČLENSKÁ PŘIHLÁŠKA</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04D1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>PŘIHLÁŠKA</w:t>
-[...41 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>-Hybatel</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3FA19B45" w14:textId="77777777" w:rsidR="00387552" w:rsidRPr="00593404" w:rsidRDefault="00387552" w:rsidP="00387552">
+    <w:p w:rsidR="00387552" w:rsidRPr="00593404" w:rsidRDefault="00387552" w:rsidP="00387552">
       <w:pPr>
         <w:pStyle w:val="Zhlav"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Modern Love" w:hAnsi="Modern Love"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00593404">
         <w:rPr>
           <w:rFonts w:ascii="Modern Love" w:hAnsi="Modern Love"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">ENERGETICKÉ CENTRUM ORLICKO </w:t>
+        <w:t>ENERGETICKÉ CENTRUM ORLICKO z.s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E581A" w:rsidRPr="002E581A" w:rsidRDefault="00A95F09" w:rsidP="002E581A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Žádám o přijetí za člena </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk205313370"/>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00593404">
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+      <w:r w:rsidR="003910FD" w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IČ: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk212448477"/>
+      <w:r w:rsidR="002E581A" w:rsidRPr="002E581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23563010</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se sídlem</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Litomyšlská 1536, 560 02 Česká Třebová</w:t>
+      </w:r>
+      <w:r w:rsidR="007A43AB" w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rStyle w:val="platne1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(„</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
         <w:rPr>
           <w:rFonts w:ascii="Modern Love" w:hAnsi="Modern Love"/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ECO</w:t>
+      </w:r>
+      <w:r w:rsidR="007A43AB" w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rStyle w:val="platne1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rStyle w:val="platne1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zapsané v obchodním rejstříku vedeném </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krajským soudem v Hradci Králové, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E581A" w:rsidRPr="002E581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oddíl L, vložka 1596.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C790719" w14:textId="77777777" w:rsidR="002E581A" w:rsidRPr="002E581A" w:rsidRDefault="00A95F09" w:rsidP="002E581A">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_Hlk205313370"/>
+    <w:p w:rsidR="00835637" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Příjmení, jméno, titul</w:t>
+      </w:r>
+      <w:r w:rsidR="00835637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:…………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00835637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F72293" w:rsidRDefault="00835637" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atum a místo narození</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00F72293" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Č</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>íslo OP: ………………………….…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72293" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kontaktní telefon</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00F72293" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00835637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mail:…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">……………………………………………………….…….............. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00F72293" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dresa bydliště a PSČ: .............................................................................................................. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prohlašuji, že:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veškeré údaje uvedené v této přihlášce jsou pravdivé a jsem si vědom(a), že jsem povinen/povinna oznamovat neprodleně všechny změny v údajích uvedených v této přihlášce, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jsem si </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vědom(a), že</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podáním přihlášky jsem oprávněn(a) hlasovat na </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>členské</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> schůzi </w:t>
+      </w:r>
       <w:r w:rsidR="00387552">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Energetického centra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00387552">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orlicko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00387552">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="00387552">
+        <w:t>z.s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10544">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003910FD" w:rsidRPr="00C3158A">
-[...56 lines deleted...]
-        <w:t>(„</w:t>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se zavazuji plnit členské povinnosti, vyplývající s platných právních předpisů, ze stanov, z usnesení představenstva a členské schůze </w:t>
       </w:r>
       <w:r w:rsidR="00387552" w:rsidRPr="00387552">
         <w:rPr>
-          <w:rFonts w:ascii="Modern Love" w:hAnsi="Modern Love"/>
-[...442 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Energetického centra </w:t>
-      </w:r>
-[...832 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00387552" w:rsidRPr="00387552">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>z.</w:t>
       </w:r>
       <w:r w:rsidR="00387552">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zavazuji se k uhrazení základního členského vkladu ve výši </w:t>
+      </w:r>
+      <w:r w:rsidR="002E581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kč</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v lhůtě </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72293" w:rsidRPr="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do 30 dnů od doručení rozhodnu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tí o mém přijetí do </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="00A10544">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0028441E">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0028441E">
-[...6 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3158A" w:rsidRDefault="00A95F09" w:rsidP="00C3158A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beru na vědomí, že při neuhrazení základního členského vkladu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3158A" w:rsidRPr="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se nestanu členem </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0028441E">
-[...5 lines deleted...]
-        <w:t>…….</w:t>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3158A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0028441E">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="57B31908" w14:textId="77777777" w:rsidR="004375C5" w:rsidRPr="0028441E" w:rsidRDefault="004375C5" w:rsidP="00A95F09">
+    <w:p w:rsidR="007A43AB" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B7"/>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tento projev vůle činím svobodně a vážně, plně způsobilý(á) k právním úkonům, s úmyslem stát se členem shora uvedeného </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Součástí této přihlášky je čestné prohlášení o pravosti údajů. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2A59A365" w14:textId="4A722083" w:rsidR="00A95F09" w:rsidRPr="004375C5" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+    <w:p w:rsidR="007A43AB" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007A43AB" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ………………....... 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A43AB" w:rsidRPr="0028441E" w:rsidRDefault="007A43AB" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C04D1B" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Podpis:…………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>….........................Podpis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C04D1B" w:rsidRDefault="00C04D1B" w:rsidP="00835637">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00835637">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vyplní kancelář </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Došlo dne: …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>….., členské</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> číslo: …………... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projednáno </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">představenstvem </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dne: ..…................ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00F72293" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rozhodnutí: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A95F09" w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uchazeč přijat/nepřijat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podpis za </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Energetické centr</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00387552" w:rsidRPr="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : …………………………….. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004375C5" w:rsidRPr="0028441E" w:rsidRDefault="004375C5" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="004375C5" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P R O H L Á Š E N Í</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8DEAFD" w14:textId="70292251" w:rsidR="004375C5" w:rsidRDefault="00A95F09" w:rsidP="002E581A">
+    <w:p w:rsidR="004375C5" w:rsidRDefault="00A95F09" w:rsidP="002E581A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028441E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Čestně prohlašuji, že v dokumentu Přihláška do </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetického centra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IČ: </w:t>
+      </w:r>
+      <w:r w:rsidR="002E581A" w:rsidRPr="002E581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23563010</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se sídlem Litomyšlská 1536, 560 02 Česká Třebová(„ECO“) zapsané v obchodním rejstříku vedeném Krajským soudem v Hradci Králové, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E581A" w:rsidRPr="002E581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oddíl L, vložka 1596</w:t>
+      </w:r>
+      <w:r w:rsidR="004375C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jehož je toto prohlášení nedílnou přílohou, uvádím pouze pravdivé a správné údaje. Jsem si vědom(a) toho, že pokud by se mnou uvedené informace ukázaly být nepravdivé, budu čelit všem z toho vyplývajícím právním následkům. Souhlasím, aby </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energetické centrum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orlicko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10544">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zpracovávalo mnou poskytnutá data, níže specifikována, pro evidenci členů </w:t>
       </w:r>
       <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Energetického centra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orlicko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00946177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="000E1F5E" w:rsidRPr="000E1F5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>z.s</w:t>
+      </w:r>
       <w:r w:rsidR="00A10544">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0028441E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...107 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, a to po dobu nezbytnou k zajištění práv a povinností plynoucích z mého členského vztahu k družstvu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zavazuji se bez zbytečného odkladu nahlásit jakoukoliv změnu zpracovávaných osobních údajů. Tento souhlas dávám v souladu se zákonem č. 101/2000 Sb., o ochraně osobních údajů v platném znění. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A43AB" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poskytnutá osobní data: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004375C5" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jméno a příjmení, rodné číslo, </w:t>
+      </w:r>
+      <w:r w:rsidR="00835637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">číslo OP, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adresa bydliště, e</w:t>
+      </w:r>
+      <w:r w:rsidR="00835637">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mail, telefonní číslo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Datum: …………………… ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jméno, příjmení, titul (hůlkovým písmem):  ________________________________/_____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004375C5" w:rsidRDefault="004375C5" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004375C5" w:rsidRDefault="004375C5" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004375C5" w:rsidRDefault="004375C5" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D1A11" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028441E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Podpis:…………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0028441E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>zpracovávalo</w:t>
+        <w:t>….........................</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0028441E">
-[...58 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4B459ED0" w14:textId="5FA31C9F" w:rsidR="00A95F09" w:rsidRPr="0028441E" w:rsidRDefault="00A95F09" w:rsidP="00A95F09">
-[...197 lines deleted...]
-    <w:sectPr w:rsidR="003D1A11" w:rsidRPr="0028441E">
+    <w:sectPr w:rsidR="003D1A11" w:rsidRPr="0028441E" w:rsidSect="008B54B5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Modern Love">
+    <w:altName w:val="Gabriola"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000002F" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="081B333B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4280A7F6"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2266,51 +2014,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="13705EBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5F8A20A"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2379,51 +2127,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="18E54E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="224C14F2"/>
     <w:lvl w:ilvl="0" w:tplc="D116EF90">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="268"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2591,51 +2339,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="414E9A26">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="19754EAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72B63856"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2704,51 +2452,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="37126358"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2BCDE98"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2817,51 +2565,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="7B5F36B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="077A321C"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2930,549 +2678,303 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1711996989">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="543908931">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1869878153">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2122071828">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1364282182">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1801027355">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A95F09"/>
     <w:rsid w:val="000E1F5E"/>
     <w:rsid w:val="000F0F14"/>
     <w:rsid w:val="00100BA0"/>
     <w:rsid w:val="001501FB"/>
     <w:rsid w:val="00247715"/>
     <w:rsid w:val="0028441E"/>
     <w:rsid w:val="002E581A"/>
     <w:rsid w:val="00322F3D"/>
     <w:rsid w:val="00387552"/>
     <w:rsid w:val="003910FD"/>
     <w:rsid w:val="003D1A11"/>
     <w:rsid w:val="004375C5"/>
     <w:rsid w:val="00510709"/>
     <w:rsid w:val="007A43AB"/>
     <w:rsid w:val="00835637"/>
+    <w:rsid w:val="008B54B5"/>
     <w:rsid w:val="00943553"/>
+    <w:rsid w:val="00946177"/>
     <w:rsid w:val="00950B62"/>
     <w:rsid w:val="009D1471"/>
     <w:rsid w:val="009E0FB8"/>
     <w:rsid w:val="009F1100"/>
     <w:rsid w:val="00A10544"/>
     <w:rsid w:val="00A357F7"/>
     <w:rsid w:val="00A95F09"/>
     <w:rsid w:val="00AB5FF8"/>
     <w:rsid w:val="00B46DCA"/>
     <w:rsid w:val="00C04D1B"/>
     <w:rsid w:val="00C3158A"/>
     <w:rsid w:val="00E40F75"/>
     <w:rsid w:val="00F4114E"/>
     <w:rsid w:val="00F72293"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="26876633"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{9F5C67BF-3494-477D-8F35-2F1C5FD42095}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="008B54B5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normln"/>
@@ -3640,50 +3142,51 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
     <w:name w:val="Nadpis 1 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nadpis1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
@@ -3809,260 +3312,256 @@
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NzevChar">
     <w:name w:val="Název Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nzev"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Podnadpis">
+  <w:style w:type="paragraph" w:styleId="Podtitul">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
-    <w:link w:val="PodnadpisChar"/>
+    <w:link w:val="PodtitulChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PodnadpisChar">
-    <w:name w:val="Podnadpis Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodtitulChar">
+    <w:name w:val="Podtitul Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
-    <w:link w:val="Podnadpis"/>
+    <w:link w:val="Podtitul"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citt">
+  <w:style w:type="paragraph" w:styleId="Citace">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
-    <w:link w:val="CittChar"/>
+    <w:link w:val="CitaceChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CittChar">
-    <w:name w:val="Citát Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaceChar">
+    <w:name w:val="Citace Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
-    <w:link w:val="Citt"/>
+    <w:link w:val="Citace"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Zdraznnintenzivn">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vrazncitt">
+  <w:style w:type="paragraph" w:styleId="Citaceintenzivn">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
-    <w:link w:val="VrazncittChar"/>
+    <w:link w:val="CitaceintenzivnChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrazncittChar">
-    <w:name w:val="Výrazný citát Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaceintenzivnChar">
+    <w:name w:val="Citace – intenzivní Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
-    <w:link w:val="Vrazncitt"/>
+    <w:link w:val="Citaceintenzivn"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odkazintenzivn">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="platne1">
     <w:name w:val="platne1"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:rsid w:val="00A95F09"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zkladntext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZkladntextChar"/>
     <w:rsid w:val="00A95F09"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZkladntextChar">
     <w:name w:val="Základní text Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zkladntext"/>
     <w:rsid w:val="00A95F09"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zhlav">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZhlavChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00387552"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00387552"/>
     <w:rPr>
       <w:kern w:val="0"/>
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -4071,51 +3570,51 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -4123,51 +3622,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -4317,86 +3816,86 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>471</Words>
-  <Characters>2780</Characters>
+  <Words>469</Words>
+  <Characters>2770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3245</CharactersWithSpaces>
+  <CharactersWithSpaces>3233</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>David Řehák</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>1f8e92b0-54fb-4367-9448-00c3722f2665</vt:lpwstr>
   </property>